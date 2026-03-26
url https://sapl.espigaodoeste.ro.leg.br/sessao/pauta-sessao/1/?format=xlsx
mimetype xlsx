--- v0 (2026-02-08)
+++ v1 (2026-03-26)
@@ -130,51 +130,51 @@
     <t>Abre Crédito Adicional Especial, no valor de R$ 135.454,40 (cento e trinta e cinco mil, quatrocentos e cinquenta e quatro reais e quarenta centavos), destinados a atender a Secretaria Municipal de Agricultura e Desenvolvimento Rural - SEMADER, provenientes de recursos estaduais, com objeto Recuperação de Estradas Vicinais, mediante Termo de Convênio nº 31/2025/PGE-DERADM</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 12 de 2026</t>
   </si>
   <si>
     <t>Abre Crédito Adicional Suplementar por Superávit, no valor de R$ 800.000,00 (oitocentos mil reais), destinados a atender ao Instituto de Previdência Municipal de Espigão do Oeste - IPRAM, em suas Ações"._x000D_
 .</t>
   </si>
   <si>
     <t>Indicação nº 1 de 2026</t>
   </si>
   <si>
     <t>Pedro Mandioca</t>
   </si>
   <si>
     <t>ASSUNTO: Implantação de faixa elevada em frente ao Hospital Memorial Santa Cecília</t>
   </si>
   <si>
     <t>Não informada</t>
   </si>
   <si>
     <t>Indicação nº 3 de 2026</t>
   </si>
   <si>
-    <t>Amilton Alves</t>
+    <t>Amilton Alves de Souza</t>
   </si>
   <si>
     <t>ASSUNTO: Solicitação de providências para construção de área de lazer no Bairro São José.</t>
   </si>
   <si>
     <t>Indicação nº 4 de 2026</t>
   </si>
   <si>
     <t>ASSUNTO: Indica à Secretaria Municipal de Educação o fim do descongelamento da Gratificação de Regência de Sala de Aula, a readequação do percentual para 10% do salário-base e a realização de levantamento de impacto financeiro.</t>
   </si>
   <si>
     <t>Pedido de Providência nº 1 de 2026</t>
   </si>
   <si>
     <t>Severino Schulz</t>
   </si>
   <si>
     <t>Pedido de providência para realização de serviços de manutenção e recuperação da Rua Pernambuco, no bairro Vista Alegre.</t>
   </si>
   <si>
     <t>Pedido de Providência nº 2 de 2026</t>
   </si>
   <si>
     <t>Pedido de providência para realização de manutenção e recuperação da Rua Governador Teixeira.</t>
   </si>